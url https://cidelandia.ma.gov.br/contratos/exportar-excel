--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>042/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL
 Registro de Preço para eventual e futura aquisição...</t>
   </si>
@@ -1200,50 +1200,68 @@
   </si>
   <si>
     <t>TALISMÃ ADMINISTRADORA DE SHOWS E EDITORA MUSICAL LTDA
 07694879000168</t>
   </si>
   <si>
     <t>04/04/2022
 460.000,00</t>
   </si>
   <si>
     <t>14/04/2022 a 26/06/2022</t>
   </si>
   <si>
     <t>038/2021/</t>
   </si>
   <si>
     <t>PAVICOL SERVICE EIRELI
 16724567000140</t>
   </si>
   <si>
     <t>15/07/2021
 12.851.005,68</t>
   </si>
   <si>
     <t>15/07/2021 a 31/12/2021</t>
+  </si>
+  <si>
+    <t>014/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
+  </si>
+  <si>
+    <t>L. NUNES SOLUÇÕES EM TECNOLOGIA LTDA.
+19.513.095/0001 -7</t>
+  </si>
+  <si>
+    <t>06/02/2026
+592.140,00</t>
+  </si>
+  <si>
+    <t>20/02/2025 a 20/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1558,54 +1576,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F88"/>
+  <dimension ref="A1:F89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E88" sqref="E88"/>
+      <selection activeCell="E89" sqref="E89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -3324,50 +3342,67 @@
       <c r="E87" s="1" t="s">
         <v>325</v>
       </c>
       <c r="F87" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
         <v>1</v>
       </c>
       <c r="B88" t="s">
         <v>327</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>329</v>
       </c>
       <c r="F88" t="s">
         <v>330</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="B89" t="s">
+        <v>331</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="F89" t="s">
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">