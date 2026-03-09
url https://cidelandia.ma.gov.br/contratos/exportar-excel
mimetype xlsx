--- v1 (2026-02-13)
+++ v2 (2026-03-09)
@@ -12,68 +12,809 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="536">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
+  </si>
+  <si>
+    <t>143/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+aquisição de materiais e estruturas decorativas na...</t>
+  </si>
+  <si>
+    <t>L M ILUMINACOES LTDA
+56.914.513/0001-62</t>
+  </si>
+  <si>
+    <t>12/12/2025
+60.300,00</t>
+  </si>
+  <si>
+    <t>12/12/2025 a 12/06/2026</t>
+  </si>
+  <si>
+    <t>144/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025
+39.806,80</t>
+  </si>
+  <si>
+    <t>131/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>I DA S SOUSA
+41.754.312/0001-78</t>
+  </si>
+  <si>
+    <t>23/10/2025
+25.000,00</t>
+  </si>
+  <si>
+    <t>23/10/2025 a 23/04/2026</t>
+  </si>
+  <si>
+    <t>141/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa para Manutenção e Recuperaç...</t>
+  </si>
+  <si>
+    <t>JR CONSTRUTORA E SER VICOS LTDA.
+29.403.541/0001-42</t>
+  </si>
+  <si>
+    <t>10/12/2025
+2.503.836,58</t>
+  </si>
+  <si>
+    <t>10/12/2025 a 10/12/2026</t>
+  </si>
+  <si>
+    <t>121/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa para fornecimento de brinqu...</t>
+  </si>
+  <si>
+    <t>R. DA S. ARAGAO SUPERMERCADO LTDA
+35.521.299/0001-04</t>
+  </si>
+  <si>
+    <t>09/10/2025
+58.899,50</t>
+  </si>
+  <si>
+    <t>09/10/2025 a 09/02/2026</t>
+  </si>
+  <si>
+    <t>115/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada para a presta...</t>
+  </si>
+  <si>
+    <t>ENERGO EMPREENDIMENTOS E CONTROLE AMBIENTAL LTDA
+11.416.408/0001-65</t>
+  </si>
+  <si>
+    <t>10/09/2025
+59.851,54</t>
+  </si>
+  <si>
+    <t>10/09/2025 a 10/01/2026</t>
+  </si>
+  <si>
+    <t>138/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de Preço para eventual e futura aquisição...</t>
+  </si>
+  <si>
+    <t>LAGO COMERCIO E SERVICOS LTDA
+23.429.390/0001-15</t>
+  </si>
+  <si>
+    <t>01/12/2025
+30.722,82</t>
+  </si>
+  <si>
+    <t>01/12/2025 a 01/12/2026</t>
+  </si>
+  <si>
+    <t>113/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de Preço para eventual e futura contrataç...</t>
+  </si>
+  <si>
+    <t>LAGO COMERCIO E SERVICOS LTDA.
+23.429.390/0001-15</t>
+  </si>
+  <si>
+    <t>03/09/2025
+585.822,10</t>
+  </si>
+  <si>
+    <t>03/09/2025 a 03/09/2026</t>
+  </si>
+  <si>
+    <t>095/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada para o fornec...</t>
+  </si>
+  <si>
+    <t>ELIASAFE SCHWEIG SCHWERTNER PROMOCAO DE VENDAS
+37.293.707/0001-43</t>
+  </si>
+  <si>
+    <t>30/07/2025
+59.979,29</t>
+  </si>
+  <si>
+    <t>30/07/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>119/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Aquisição de gêneros alimentícios diretamente da...</t>
+  </si>
+  <si>
+    <t>ASSOCIACAO DOS PEQUENOS PRODUTORES RURAIS DA COMUNIDADE ABRAAO DO MUNICIPIO DE CIDELANDIA MA
+04.328.203/0001-62</t>
+  </si>
+  <si>
+    <t>19/09/2025
+549.948,16</t>
+  </si>
+  <si>
+    <t>19/09/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>120/2025</t>
+  </si>
+  <si>
+    <t>JOSE ANTONIO LISBOA JUNIOR
+671.971.913-00</t>
+  </si>
+  <si>
+    <t>19/09/2025
+39.875,70</t>
+  </si>
+  <si>
+    <t>103/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de Preços para futura e eventual aquisiçã...</t>
+  </si>
+  <si>
+    <t>MILAZZO COMERCIO E DISTRIBUIDORA LTDA.
+28.863.972/0001-29</t>
+  </si>
+  <si>
+    <t>12/08/2025
+966.486,37</t>
+  </si>
+  <si>
+    <t>12/08/2025 a 12/08/2026</t>
+  </si>
+  <si>
+    <t>145/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025
+966.486,37</t>
+  </si>
+  <si>
+    <t>16/12/2025 a 16/12/2026</t>
+  </si>
+  <si>
+    <t>104/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de preço para eventual e futura prestação...</t>
+  </si>
+  <si>
+    <t>D L ALENCAR FUNERARIA
+37.868.099/0001-58</t>
+  </si>
+  <si>
+    <t>14/08/2025
+79.561,32</t>
+  </si>
+  <si>
+    <t>14/08/2025 a 14/08/2026</t>
+  </si>
+  <si>
+    <t>087/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+aquisição de material de construção, elétrico e hi...</t>
+  </si>
+  <si>
+    <t>MEGA MATERIAIS DE CONSTRUCAO LTDA
+50.816.520/0001-45</t>
+  </si>
+  <si>
+    <t>11/07/2025
+958.250,73</t>
+  </si>
+  <si>
+    <t>11/07/2025 a 11/07/2026</t>
+  </si>
+  <si>
+    <t>065/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa para o fornecimento de boti...</t>
+  </si>
+  <si>
+    <t>CRISLANE DOS SANTOS VIANA.
+50.631.397/0002-79</t>
+  </si>
+  <si>
+    <t>25/06/2025
+60.010,00</t>
+  </si>
+  <si>
+    <t>25/06/2025 a 25/06/2026</t>
+  </si>
+  <si>
+    <t>064/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa para o fornecimento de água...</t>
+  </si>
+  <si>
+    <t>CRISLANE DOS SANTOS VIANA
+50.631.397/0001-98</t>
+  </si>
+  <si>
+    <t>25/06/2025
+55.350,00</t>
+  </si>
+  <si>
+    <t>063/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>GIOVANA CARDOSO DA SILVA CAPUTO
+26.857.611/0001-44</t>
+  </si>
+  <si>
+    <t>25/06/2025
+59.150,00</t>
+  </si>
+  <si>
+    <t>059/2025</t>
+  </si>
+  <si>
+    <t>CPX COMERCIO E SERVICOS LTDA
+31.116.420/0001-61</t>
+  </si>
+  <si>
+    <t>30/06/2025
+48.080,40</t>
+  </si>
+  <si>
+    <t>30/06/2025 a 30/12/2025</t>
+  </si>
+  <si>
+    <t>060/2025</t>
+  </si>
+  <si>
+    <t>30/06/2025
+11.075,54</t>
+  </si>
+  <si>
+    <t>30/06/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>080/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Aquisição de peças e serviços de manutenção destin...</t>
+  </si>
+  <si>
+    <t>AUTOCAP PEÇAS E SERVICOS LTDA
+27.636.892/0001-78</t>
+  </si>
+  <si>
+    <t>10/07/2025
+1.013.353,00</t>
+  </si>
+  <si>
+    <t>10/07/2025 a 10/07/2026</t>
+  </si>
+  <si>
+    <t>081/2025</t>
+  </si>
+  <si>
+    <t>10/07/2025
+290.375,00</t>
+  </si>
+  <si>
+    <t>082/2025</t>
+  </si>
+  <si>
+    <t>J W S QUEIROZ AUTO PECAS LTDA
+07.250.386/0001-39</t>
+  </si>
+  <si>
+    <t>10/07/2025
+262.088,00</t>
+  </si>
+  <si>
+    <t>083/2025</t>
+  </si>
+  <si>
+    <t>10/07/2025
+85.140,00</t>
+  </si>
+  <si>
+    <t>084/2025</t>
+  </si>
+  <si>
+    <t>10/07/2025
+144.124,00</t>
+  </si>
+  <si>
+    <t>085/2025</t>
+  </si>
+  <si>
+    <t>10/07/2025
+45.980,00</t>
+  </si>
+  <si>
+    <t>117/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025
+115.710,00</t>
+  </si>
+  <si>
+    <t>01/10/2025 a 01/10/2026</t>
+  </si>
+  <si>
+    <t>118/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025
+355.012,00</t>
+  </si>
+  <si>
+    <t>098/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de Preço para eventual e futura prestação...</t>
+  </si>
+  <si>
+    <t>F. SONORIZACAO LTDA
+30.837.784/0001-78</t>
+  </si>
+  <si>
+    <t>01/08/2025
+655.494,32</t>
+  </si>
+  <si>
+    <t>01/08/2025 a 01/08/2026</t>
+  </si>
+  <si>
+    <t>057/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de assessoria e consultoria técnica es...</t>
+  </si>
+  <si>
+    <t>KLEITON GONCALVES DE MIRANDA LTDA
+14.925.620/0001-46</t>
+  </si>
+  <si>
+    <t>11/06/2025
+60.000,00</t>
+  </si>
+  <si>
+    <t>11/06/2025 a 11/06/2026</t>
+  </si>
+  <si>
+    <t>075/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa para prestação de serviços...</t>
+  </si>
+  <si>
+    <t>07/07/2025
+424.639,90</t>
+  </si>
+  <si>
+    <t>07/07/2025 a 07/07/2026</t>
+  </si>
+  <si>
+    <t>076/2025</t>
+  </si>
+  <si>
+    <t>07/07/2025
+143.168,00</t>
+  </si>
+  <si>
+    <t>077/2025</t>
+  </si>
+  <si>
+    <t>07/07/2025
+298.649,35</t>
+  </si>
+  <si>
+    <t>078/2025</t>
+  </si>
+  <si>
+    <t>07/07/2025
+447.019,30</t>
+  </si>
+  <si>
+    <t>048/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada para aquisiçã...</t>
+  </si>
+  <si>
+    <t>AFC DA CRUZ LTDA,
+03.587.737/0001-40</t>
+  </si>
+  <si>
+    <t>29/05/2025
+60.390,00</t>
+  </si>
+  <si>
+    <t>29/05/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>091/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de preço para eventual Prestação de Servi...</t>
+  </si>
+  <si>
+    <t>ELETROCOL LTDA
+10.548.494/0001-05</t>
+  </si>
+  <si>
+    <t>17/07/2025
+592.408,58</t>
+  </si>
+  <si>
+    <t>17/07/2025 a 17/07/2026</t>
+  </si>
+  <si>
+    <t>089/2025</t>
+  </si>
+  <si>
+    <t>17/07/2025
+740.510,73</t>
+  </si>
+  <si>
+    <t>090/2025</t>
+  </si>
+  <si>
+    <t>17/07/2025
+1.629.123,61</t>
+  </si>
+  <si>
+    <t>049/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>V DA S TAVARES FILMAGENS E EVENTOS LTDA,
+01.610.134/0001-97</t>
+  </si>
+  <si>
+    <t>29/05/2025
+62.175,00</t>
+  </si>
+  <si>
+    <t>29/05/2025 a 29/11/2025</t>
+  </si>
+  <si>
+    <t>055/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada na locação de...</t>
+  </si>
+  <si>
+    <t>SISTEMA DE LOCAÇÃO CONTABIL LTDA
+09.295.258/0001-37</t>
+  </si>
+  <si>
+    <t>10/06/2025
+81.200,00</t>
+  </si>
+  <si>
+    <t>10/06/2025 a 10/06/2026</t>
+  </si>
+  <si>
+    <t>054/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Eventual Contratação de empresa para prestação de...</t>
+  </si>
+  <si>
+    <t>D G M SERVICOS LTDA
+01.610.134/0001-97</t>
+  </si>
+  <si>
+    <t>05/06/2025
+99.691,20</t>
+  </si>
+  <si>
+    <t>05/06/2025 a 05/06/2026</t>
+  </si>
+  <si>
+    <t>086/2025</t>
+  </si>
+  <si>
+    <t>10/07/2025
+498.456,00</t>
+  </si>
+  <si>
+    <t>047/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa para o gerenciamento de res...</t>
+  </si>
+  <si>
+    <t>R E R EMPREENDIMENTOS E SERVICOS LTDA.
+01.195.098/0001-42</t>
+  </si>
+  <si>
+    <t>28/05/2025
+22.800,00</t>
+  </si>
+  <si>
+    <t>28/05/2025 a 28/05/2026</t>
+  </si>
+  <si>
+    <t>026/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada para implanta...</t>
+  </si>
+  <si>
+    <t>M. DA S. MESQUITA SERVICOS E TECNOLOGIA LTDA.
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>31/03/2025
+40.500,00</t>
+  </si>
+  <si>
+    <t>31/03/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>050/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de preço para eventual Contratação de emp...</t>
+  </si>
+  <si>
+    <t>D G M SERVICOS LTDA
+23.279.196/0001-09</t>
+  </si>
+  <si>
+    <t>06/05/2025
+1.032.000,00</t>
+  </si>
+  <si>
+    <t>06/05/2025 a 06/05/2026</t>
+  </si>
+  <si>
+    <t>051/2025</t>
+  </si>
+  <si>
+    <t>06/05/2025
+376.800,00</t>
+  </si>
+  <si>
+    <t>052/2025</t>
+  </si>
+  <si>
+    <t>06/05/2025
+394.800,00</t>
+  </si>
+  <si>
+    <t>053/2025</t>
+  </si>
+  <si>
+    <t>MED SERVICE LTDA
+26.667.763/0001-84</t>
+  </si>
+  <si>
+    <t>05/06/2025
+1.480.750,00</t>
+  </si>
+  <si>
+    <t>067/2025</t>
+  </si>
+  <si>
+    <t>01/07/2025
+394.260,00</t>
+  </si>
+  <si>
+    <t>01/07/2025 a 01/07/2026</t>
+  </si>
+  <si>
+    <t>079/2025</t>
+  </si>
+  <si>
+    <t>08/07/2025
+208.800,00</t>
+  </si>
+  <si>
+    <t>08/07/2025 a 08/07/2026</t>
+  </si>
+  <si>
+    <t>008/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+prestação dos serviços de reforma e manutenção de...</t>
+  </si>
+  <si>
+    <t>ANDERSON M CARNEIRO LTDA
+40.481.636/0001-17</t>
+  </si>
+  <si>
+    <t>04/02/2025
+5.779.942,90</t>
+  </si>
+  <si>
+    <t>04/02/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>073/2025</t>
+  </si>
+  <si>
+    <t>03/07/2025
+122.007,18</t>
+  </si>
+  <si>
+    <t>03/07/2025 a 03/07/2026</t>
+  </si>
+  <si>
+    <t>074/2025</t>
+  </si>
+  <si>
+    <t>03/07/2025
+133.816,04</t>
+  </si>
+  <si>
+    <t>137/2025</t>
+  </si>
+  <si>
+    <t>21/11/2025
+204.600,20</t>
+  </si>
+  <si>
+    <t>21/11/2025 a 21/11/2026</t>
+  </si>
+  <si>
+    <t>072/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de Preço para eventual Contratação de emp...</t>
+  </si>
+  <si>
+    <t>POSTO DE COMBUSTIVEIS CIDELANDIA LTDA
+06.931.646/0001-7</t>
+  </si>
+  <si>
+    <t>03/07/2025
+640.660,00</t>
+  </si>
+  <si>
+    <t>105/2025</t>
+  </si>
+  <si>
+    <t>21/08/2025
+298.400,00</t>
+  </si>
+  <si>
+    <t>21/08/2025 a 21/08/2026</t>
   </si>
   <si>
     <t>042/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL
 Registro de Preço para eventual e futura aquisição...</t>
   </si>
   <si>
     <t>CC NASCIMENTO COMERCIO LTDA
 63.540.066/0001-94</t>
   </si>
   <si>
     <t>05/05/2025
 55.362,56</t>
   </si>
   <si>
     <t>05/05/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>039/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
 Contratação de empresa para o fornecimento de Mate...</t>
@@ -310,53 +1051,50 @@
 Contratação de empresa para o fornecimento de peix...</t>
   </si>
   <si>
     <t>08/04/2025
 62.000,00</t>
   </si>
   <si>
     <t>08/04/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>027/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
 Contratação de empresa especializada em desenvolvi...</t>
   </si>
   <si>
     <t>M. da S. MESQUITA SERVIÇOS E TECNOLOGIA LTDA
 16.799.630/0001-08</t>
   </si>
   <si>
     <t>31/03/2025
 58.500,00</t>
   </si>
   <si>
-    <t>31/03/2025 a 31/12/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>025/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
 Contratação de pessoa jurídica para prestação de s...</t>
   </si>
   <si>
     <t>PRS AGENCIAMENTOS LTDA
 51.044.562/0001-78</t>
   </si>
   <si>
     <t>31/03/2025
 27.000,00</t>
   </si>
   <si>
     <t>013/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 aquisição de medicamentos, materiais e insumos hos...</t>
   </si>
   <si>
     <t>MILAZZO COMERCIO E DISTRIBUIDORA LTDA
 28.863.972/0001-29</t>
   </si>
@@ -368,116 +1106,90 @@
     <t>06/03/2025 a 06/03/2026</t>
   </si>
   <si>
     <t>011/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
 Contratação de empresa para o fornecimento de gêne...</t>
   </si>
   <si>
     <t>R. Da S. ARAGAO SUPERMERCADO LTDA
 35.521.299/0001-04</t>
   </si>
   <si>
     <t>12/02/2025
 48.887,80</t>
   </si>
   <si>
     <t>006/2025</t>
   </si>
   <si>
     <t>04/02/2025
 286.192,35</t>
   </si>
   <si>
-    <t>04/02/2025 a 31/12/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>012/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
 contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>V. H. da S.Costa Alves
 35.677.150/0001-19</t>
   </si>
   <si>
     <t>26/02/2025
 392.238,50</t>
   </si>
   <si>
     <t>26/02/2025 a 26/02/2026</t>
   </si>
   <si>
-    <t>008/2025</t>
-[...13 lines deleted...]
-  <si>
     <t>021/2025</t>
-  </si>
-[...2 lines deleted...]
-23.429.390/0001-15</t>
   </si>
   <si>
     <t>25/03/2025
 202.388,00</t>
   </si>
   <si>
     <t>25/03/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>022/2025</t>
   </si>
   <si>
     <t>25/03/2025
 163.939,94</t>
   </si>
   <si>
     <t>018/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Registro de Preço para eventual Contratação de emp...</t>
-  </si>
-[...2 lines deleted...]
-06.931.646/0001-7</t>
   </si>
   <si>
     <t>17/03/2025
 478.308,00</t>
   </si>
   <si>
     <t>17/03/202 a 31/12/2025</t>
   </si>
   <si>
     <t>017/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Registro de Preço para eventual Contratação de emp...</t>
   </si>
   <si>
     <t>17/03/2025
 484.236,00</t>
   </si>
   <si>
     <t>016/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
 Registro de Preço para eventual Contratação de emp...</t>
@@ -1576,1833 +2288,2933 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F89"/>
+  <dimension ref="A1:F144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E89" sqref="E89"/>
+      <selection activeCell="E144" sqref="E144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>89</v>
+        <v>408</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>88</v>
+        <v>408</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D3" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>87</v>
+        <v>401</v>
       </c>
       <c r="B4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="1" t="s">
+      <c r="F4" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>86</v>
+        <v>399</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>85</v>
+        <v>397</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>84</v>
+        <v>395</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>83</v>
+        <v>392</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F8" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>82</v>
+        <v>391</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>81</v>
+        <v>390</v>
       </c>
       <c r="B10" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>80</v>
+        <v>389</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>79</v>
+        <v>389</v>
       </c>
       <c r="B12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="1" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>78</v>
+        <v>387</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>77</v>
+        <v>387</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>76</v>
+        <v>386</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="F15" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>75</v>
+        <v>384</v>
       </c>
       <c r="B16" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F16" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
+        <v>383</v>
+      </c>
+      <c r="B17" t="s">
         <v>74</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="1" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="F17" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>73</v>
+        <v>382</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>8</v>
+        <v>81</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="F18" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>72</v>
+        <v>381</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="F19" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>71</v>
+        <v>380</v>
       </c>
       <c r="B20" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="F20" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>70</v>
+        <v>380</v>
       </c>
       <c r="B21" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="F21" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>69</v>
+        <v>379</v>
       </c>
       <c r="B22" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="F22" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>68</v>
+        <v>379</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="F23" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>67</v>
+        <v>379</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>66</v>
+        <v>379</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>41</v>
+        <v>102</v>
       </c>
       <c r="E25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F25" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>65</v>
+        <v>379</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="F26" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>64</v>
+        <v>379</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F27" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>63</v>
+        <v>379</v>
       </c>
       <c r="B28" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F28" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>62</v>
+        <v>379</v>
       </c>
       <c r="B29" t="s">
         <v>113</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>54</v>
+        <v>95</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>114</v>
       </c>
       <c r="F29" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>61</v>
+        <v>378</v>
       </c>
       <c r="B30" t="s">
         <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="F30" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>60</v>
+        <v>376</v>
       </c>
       <c r="B31" t="s">
         <v>120</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F31" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>59</v>
+        <v>374</v>
       </c>
       <c r="B32" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F32" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>58</v>
+        <v>374</v>
       </c>
       <c r="B33" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>129</v>
+        <v>40</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>130</v>
       </c>
       <c r="F33" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>57</v>
+        <v>374</v>
       </c>
       <c r="B34" t="s">
+        <v>131</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E34" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>56</v>
+        <v>374</v>
       </c>
       <c r="B35" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="F35" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>55</v>
+        <v>373</v>
       </c>
       <c r="B36" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="D36" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="F36" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>54</v>
+        <v>372</v>
       </c>
       <c r="B37" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="F37" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>53</v>
+        <v>372</v>
       </c>
       <c r="B38" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="F38" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>52</v>
+        <v>372</v>
       </c>
       <c r="B39" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>156</v>
+        <v>141</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>157</v>
+        <v>142</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="F39" t="s">
-        <v>159</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>51</v>
+        <v>371</v>
       </c>
       <c r="B40" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="F40" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>49</v>
+        <v>370</v>
       </c>
       <c r="B41" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>168</v>
+        <v>157</v>
       </c>
       <c r="F41" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>48</v>
+        <v>369</v>
       </c>
       <c r="B42" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="F42" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="B43" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="F43" t="s">
-        <v>173</v>
+        <v>98</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>46</v>
+        <v>368</v>
       </c>
       <c r="B44" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="F44" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>45</v>
+        <v>358</v>
       </c>
       <c r="B45" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="F45" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>44</v>
+        <v>356</v>
       </c>
       <c r="B46" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="F46" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>43</v>
+        <v>356</v>
       </c>
       <c r="B47" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F47" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>42</v>
+        <v>356</v>
       </c>
       <c r="B48" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="F48" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>41</v>
+        <v>355</v>
       </c>
       <c r="B49" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>195</v>
+        <v>39</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="F49" t="s">
-        <v>190</v>
+        <v>163</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>40</v>
+        <v>355</v>
       </c>
       <c r="B50" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>198</v>
+        <v>39</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="F50" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
+        <v>355</v>
+      </c>
+      <c r="B51" t="s">
+        <v>191</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" s="1" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="F51" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>38</v>
+        <v>350</v>
       </c>
       <c r="B52" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="F52" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>37</v>
+        <v>336</v>
       </c>
       <c r="B53" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>211</v>
+        <v>34</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>207</v>
+        <v>35</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="F53" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>36</v>
+        <v>336</v>
       </c>
       <c r="B54" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>214</v>
+        <v>34</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>207</v>
+        <v>35</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="F54" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
+        <v>336</v>
+      </c>
+      <c r="B55" t="s">
+        <v>204</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55" s="1" t="s">
-        <v>207</v>
+        <v>35</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="F55" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>33</v>
+        <v>335</v>
       </c>
       <c r="B56" t="s">
-        <v>219</v>
+        <v>207</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="F56" t="s">
-        <v>223</v>
+        <v>201</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>32</v>
+        <v>335</v>
       </c>
       <c r="B57" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="F57" t="s">
-        <v>228</v>
+        <v>213</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="B58" t="s">
-        <v>229</v>
+        <v>214</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>230</v>
+        <v>215</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="F58" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
-        <v>232</v>
+        <v>219</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="F59" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>29</v>
+        <v>87</v>
       </c>
       <c r="B60" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="F60" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="B61" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="F61" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="B62" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="F62" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="B63" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="F63" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>25</v>
+        <v>83</v>
       </c>
       <c r="B64" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="F64" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="B65" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="F65" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="B66" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>188</v>
+        <v>249</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="F66" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="B67" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>188</v>
+        <v>254</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F67" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="B68" t="s">
+        <v>257</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F68" t="s">
         <v>260</v>
-      </c>
-[...10 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="B69" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>266</v>
+        <v>216</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F69" t="s">
-        <v>263</v>
+        <v>218</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="B70" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>202</v>
+        <v>216</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="F70" t="s">
-        <v>271</v>
+        <v>218</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="B71" t="s">
-        <v>242</v>
+        <v>267</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>202</v>
+        <v>254</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="F71" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="B72" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>276</v>
+        <v>254</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="F72" t="s">
-        <v>278</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>16</v>
+        <v>74</v>
       </c>
       <c r="B73" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>276</v>
+        <v>254</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="F73" t="s">
-        <v>282</v>
+        <v>260</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>284</v>
+        <v>227</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>276</v>
+        <v>216</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="F74" t="s">
-        <v>282</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="B75" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="F75" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="B76" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>291</v>
+        <v>254</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="F76" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="B77" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>265</v>
+        <v>288</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="F77" t="s">
-        <v>278</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="B78" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>276</v>
+        <v>293</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="F78" t="s">
-        <v>278</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="B79" t="s">
+        <v>295</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="E79" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="F79" t="s">
         <v>299</v>
-      </c>
-[...7 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="B80" t="s">
+        <v>300</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E80" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F80" t="s">
-        <v>306</v>
+        <v>256</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="B81" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>299</v>
+        <v>248</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>304</v>
+        <v>249</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="F81" t="s">
-        <v>306</v>
+        <v>198</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>7</v>
+        <v>65</v>
       </c>
       <c r="B82" t="s">
+        <v>306</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="E82" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E82" s="1" t="s">
+      <c r="F82" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>6</v>
+        <v>63</v>
       </c>
       <c r="B83" t="s">
         <v>311</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>299</v>
+        <v>227</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>304</v>
+        <v>35</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>312</v>
       </c>
       <c r="F83" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>5</v>
+        <v>62</v>
       </c>
       <c r="B84" t="s">
+        <v>314</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="F84" t="s">
         <v>313</v>
-      </c>
-[...10 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>4</v>
+        <v>61</v>
       </c>
       <c r="B85" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>316</v>
+        <v>209</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F85" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>3</v>
+        <v>60</v>
       </c>
       <c r="B86" t="s">
+        <v>320</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="F86" t="s">
         <v>319</v>
-      </c>
-[...10 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="B87" t="s">
         <v>323</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>299</v>
+        <v>324</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>324</v>
+        <v>209</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>325</v>
       </c>
       <c r="F87" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>1</v>
+        <v>58</v>
       </c>
       <c r="B88" t="s">
         <v>327</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>299</v>
+        <v>328</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F88" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="89" spans="1:6">
+      <c r="A89">
+        <v>57</v>
+      </c>
       <c r="B89" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F89" t="s">
-        <v>335</v>
+        <v>336</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90">
+        <v>56</v>
+      </c>
+      <c r="B90" t="s">
+        <v>337</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F90" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91">
+        <v>55</v>
+      </c>
+      <c r="B91" t="s">
+        <v>342</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="F91" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92">
+        <v>54</v>
+      </c>
+      <c r="B92" t="s">
+        <v>346</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F92" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93">
+        <v>53</v>
+      </c>
+      <c r="B93" t="s">
+        <v>351</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="F93" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94">
+        <v>52</v>
+      </c>
+      <c r="B94" t="s">
+        <v>355</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="F94" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95">
+        <v>51</v>
+      </c>
+      <c r="B95" t="s">
+        <v>360</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="F95" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96">
+        <v>49</v>
+      </c>
+      <c r="B96" t="s">
+        <v>365</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="F96" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97">
+        <v>48</v>
+      </c>
+      <c r="B97" t="s">
+        <v>370</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F97" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98">
+        <v>47</v>
+      </c>
+      <c r="B98" t="s">
+        <v>374</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="F98" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99">
+        <v>46</v>
+      </c>
+      <c r="B99" t="s">
+        <v>377</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="F99" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100">
+        <v>45</v>
+      </c>
+      <c r="B100" t="s">
+        <v>380</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="F100" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101">
+        <v>44</v>
+      </c>
+      <c r="B101" t="s">
+        <v>383</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="F101" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102">
+        <v>43</v>
+      </c>
+      <c r="B102" t="s">
+        <v>386</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="F102" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103">
+        <v>42</v>
+      </c>
+      <c r="B103" t="s">
+        <v>391</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="F103" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104">
+        <v>41</v>
+      </c>
+      <c r="B104" t="s">
+        <v>394</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="F104" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105">
+        <v>40</v>
+      </c>
+      <c r="B105" t="s">
+        <v>397</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="F105" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106">
+        <v>39</v>
+      </c>
+      <c r="B106" t="s">
+        <v>400</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="F106" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107">
+        <v>38</v>
+      </c>
+      <c r="B107" t="s">
+        <v>405</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="F107" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108">
+        <v>37</v>
+      </c>
+      <c r="B108" t="s">
+        <v>410</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="F108" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109">
+        <v>36</v>
+      </c>
+      <c r="B109" t="s">
+        <v>413</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="F109" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110">
+        <v>34</v>
+      </c>
+      <c r="B110" t="s">
+        <v>416</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="F110" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111">
+        <v>33</v>
+      </c>
+      <c r="B111" t="s">
+        <v>419</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="F111" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112">
+        <v>32</v>
+      </c>
+      <c r="B112" t="s">
+        <v>424</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="F112" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113">
+        <v>31</v>
+      </c>
+      <c r="B113" t="s">
+        <v>429</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="F113" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114">
+        <v>30</v>
+      </c>
+      <c r="B114" t="s">
+        <v>432</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="F114" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115">
+        <v>29</v>
+      </c>
+      <c r="B115" t="s">
+        <v>435</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="F115" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116">
+        <v>28</v>
+      </c>
+      <c r="B116" t="s">
+        <v>438</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="F116" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117">
+        <v>27</v>
+      </c>
+      <c r="B117" t="s">
+        <v>441</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="F117" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118">
+        <v>26</v>
+      </c>
+      <c r="B118" t="s">
+        <v>442</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="F118" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119">
+        <v>25</v>
+      </c>
+      <c r="B119" t="s">
+        <v>447</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="F119" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120">
+        <v>24</v>
+      </c>
+      <c r="B120" t="s">
+        <v>451</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="F120" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121">
+        <v>23</v>
+      </c>
+      <c r="B121" t="s">
+        <v>454</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="F121" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122">
+        <v>22</v>
+      </c>
+      <c r="B122" t="s">
+        <v>457</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="F122" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123">
+        <v>21</v>
+      </c>
+      <c r="B123" t="s">
+        <v>460</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="F123" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124">
+        <v>20</v>
+      </c>
+      <c r="B124" t="s">
+        <v>464</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F124" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125">
+        <v>19</v>
+      </c>
+      <c r="B125" t="s">
+        <v>468</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="F125" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126">
+        <v>18</v>
+      </c>
+      <c r="B126" t="s">
+        <v>442</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="F126" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127">
+        <v>17</v>
+      </c>
+      <c r="B127" t="s">
+        <v>474</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="F127" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128">
+        <v>16</v>
+      </c>
+      <c r="B128" t="s">
+        <v>479</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="F128" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129">
+        <v>15</v>
+      </c>
+      <c r="B129" t="s">
+        <v>483</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="F129" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130">
+        <v>14</v>
+      </c>
+      <c r="B130" t="s">
+        <v>486</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="F130" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131">
+        <v>13</v>
+      </c>
+      <c r="B131" t="s">
+        <v>489</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="F131" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132">
+        <v>12</v>
+      </c>
+      <c r="B132" t="s">
+        <v>493</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="F132" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133">
+        <v>11</v>
+      </c>
+      <c r="B133" t="s">
+        <v>495</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="F133" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134">
+        <v>10</v>
+      </c>
+      <c r="B134" t="s">
+        <v>498</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="F134" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135">
+        <v>9</v>
+      </c>
+      <c r="B135" t="s">
+        <v>503</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="F135" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136">
+        <v>8</v>
+      </c>
+      <c r="B136" t="s">
+        <v>507</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="F136" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137">
+        <v>7</v>
+      </c>
+      <c r="B137" t="s">
+        <v>509</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="F137" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138">
+        <v>6</v>
+      </c>
+      <c r="B138" t="s">
+        <v>511</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="F138" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139">
+        <v>5</v>
+      </c>
+      <c r="B139" t="s">
+        <v>513</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="F139" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140">
+        <v>4</v>
+      </c>
+      <c r="B140" t="s">
+        <v>515</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="F140" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141">
+        <v>3</v>
+      </c>
+      <c r="B141" t="s">
+        <v>519</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="F141" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142">
+        <v>2</v>
+      </c>
+      <c r="B142" t="s">
+        <v>523</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="F142" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143">
+        <v>1</v>
+      </c>
+      <c r="B143" t="s">
+        <v>527</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="F143" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="B144" t="s">
+        <v>531</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="F144" t="s">
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">