--- v2 (2026-03-09)
+++ v3 (2026-03-30)
@@ -12,190 +12,743 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="536">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="745">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
+  </si>
+  <si>
+    <t>1004/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Locação de imóvel com fim não residencial, localiz...</t>
+  </si>
+  <si>
+    <t>Maria Elenice De Carvalho E Sa
+412.612.323-72</t>
+  </si>
+  <si>
+    <t>16/05/2025
+3.000,00</t>
+  </si>
+  <si>
+    <t>16/05/2025 a 16/05/2026</t>
+  </si>
+  <si>
+    <t>1003/2025</t>
+  </si>
+  <si>
+    <t>ANTONIA RAIMUNDA NUNES DE SA
+531.355.473-53</t>
+  </si>
+  <si>
+    <t>16/05/2025
+1.518,00</t>
+  </si>
+  <si>
+    <t>1002/2025</t>
+  </si>
+  <si>
+    <t>MIRIAN VIEIRA DO NASCIMENTO
+922.429.871-00</t>
+  </si>
+  <si>
+    <t>28/03/2025
+5.000,00</t>
+  </si>
+  <si>
+    <t>28/03/2025 a 28/03/2026</t>
+  </si>
+  <si>
+    <t>142/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>LAURO VICENTE TRINDADE
+26.964.035/0001-34</t>
+  </si>
+  <si>
+    <t>10/12/2025
+15.000,00</t>
+  </si>
+  <si>
+    <t>10/12/2025 a 10/03/2026</t>
+  </si>
+  <si>
+    <t>123/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+contratação de empresa para apresentação artística...</t>
+  </si>
+  <si>
+    <t>KADU MARTINS PRODUÇOES ARTISTICAS LTDA,
+57.226.251/0001-06</t>
+  </si>
+  <si>
+    <t>23/10/2025
+170.000,00</t>
+  </si>
+  <si>
+    <t>23/10/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>1001/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+locação de um imóvel com fim não residencial, loca...</t>
+  </si>
+  <si>
+    <t>JOSÉ HENRIQUE GONÇASVES DE SOUSA
+611.275.423-11</t>
+  </si>
+  <si>
+    <t>27/03/2025
+1.518,00</t>
+  </si>
+  <si>
+    <t>27/03/2025 a 27/03/2025</t>
+  </si>
+  <si>
+    <t>136/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+contratação de serviços artísticos a CONTRATADA, p...</t>
+  </si>
+  <si>
+    <t>TAMO JUNTO ENTRETENIMENTO LTDA,
+28.739.437/0001-60</t>
+  </si>
+  <si>
+    <t>13/11/2025
+18.000,00</t>
+  </si>
+  <si>
+    <t>13/11/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>135/2025</t>
+  </si>
+  <si>
+    <t>FICA AZUL PRODUCOES ARTÍSTICAS LTDA
+48.583.449/0001-56</t>
+  </si>
+  <si>
+    <t>13/11/2025
+25.000,00</t>
+  </si>
+  <si>
+    <t>125/2025</t>
+  </si>
+  <si>
+    <t>ZE VAQUEIRO ORIGINAL MUSIC LTDA
+39.415.957/0001-34</t>
+  </si>
+  <si>
+    <t>23/10/2025
+500.000,00</t>
+  </si>
+  <si>
+    <t>124/2025</t>
+  </si>
+  <si>
+    <t>MARI FERNANDEZ EVENTOS E PRODUCES LTDA
+41.858.720/0001-70</t>
+  </si>
+  <si>
+    <t>23/10/2025
+450.000,00</t>
+  </si>
+  <si>
+    <t>108/2025</t>
+  </si>
+  <si>
+    <t>V M DOS SANTOS JUNIOR CONSULTORIA E PLANEJAMENTO TRIBUTARIO LTDA.
+37.481.549/0001-55</t>
+  </si>
+  <si>
+    <t>29/08/2025
+60.000,00</t>
+  </si>
+  <si>
+    <t>29/08/2025 a 29/08/2026</t>
+  </si>
+  <si>
+    <t>106/2025</t>
+  </si>
+  <si>
+    <t>FBWI EVENTOS E PRODUCOES LTDA,
+24.247.158/0001-29</t>
+  </si>
+  <si>
+    <t>20/08/2025
+55.000,00</t>
+  </si>
+  <si>
+    <t>20/08/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>100/2025</t>
+  </si>
+  <si>
+    <t>47.394.919 FRANCISCO CONRADO DE ALMEIDA NETO.
+47.394.919/0001-70</t>
+  </si>
+  <si>
+    <t>07/08/2025
+12.000,00</t>
+  </si>
+  <si>
+    <t>07/08/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>099/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada na locação de...</t>
+  </si>
+  <si>
+    <t>FENIX.COM - CONTEUDO E TECNOLOGIA LTDA
+01.141.809/0001-04</t>
+  </si>
+  <si>
+    <t>04/08/2025
+21.084,00</t>
+  </si>
+  <si>
+    <t>04/08/2025 a 04/08/2026</t>
+  </si>
+  <si>
+    <t>097/2025</t>
+  </si>
+  <si>
+    <t>TAMO JUNTO ENTRETENIMENTO LTD A,
+28.739.437/0001-60</t>
+  </si>
+  <si>
+    <t>01/08/2025
+18.000,00</t>
+  </si>
+  <si>
+    <t>01/08/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>094/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+contratação de pessoa física para prestação de ser...</t>
+  </si>
+  <si>
+    <t>ROSANGELA CARVALHO BERTOLDO
+064.383.263-72</t>
+  </si>
+  <si>
+    <t>29/07/2025
+6.000,00</t>
+  </si>
+  <si>
+    <t>29/07/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>093/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+contratação de Conferencista para prestação de ser...</t>
+  </si>
+  <si>
+    <t>D.S. SOLUCOES INTEGRADAS LTDA
+31.711.389/0001-07</t>
+  </si>
+  <si>
+    <t>29/07/2025
+3.500,00</t>
+  </si>
+  <si>
+    <t>092/2025</t>
+  </si>
+  <si>
+    <t>MAURICIO DO NASCIMENTO SILVA LTDA
+06.992.014/0001-15</t>
+  </si>
+  <si>
+    <t>24/07/2025
+55.000,00</t>
+  </si>
+  <si>
+    <t>24/07/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>088/2025</t>
+  </si>
+  <si>
+    <t>J W A LOPES
+00.512.704/0001-43</t>
+  </si>
+  <si>
+    <t>17/07/2025
+60.000,00</t>
+  </si>
+  <si>
+    <t>17/07/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>062/2025</t>
+  </si>
+  <si>
+    <t>COREANO PRODUCOES MUSICAIS LTDA
+57.962.496/0001-00</t>
+  </si>
+  <si>
+    <t>24/06/2025
+150.000,00</t>
+  </si>
+  <si>
+    <t>24/06/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>061/2025</t>
+  </si>
+  <si>
+    <t>FBWI EVENTOS E PRODUÇOES LTDA
+24.247.158/0001-29</t>
+  </si>
+  <si>
+    <t>24/06/2025
+55.000,00</t>
+  </si>
+  <si>
+    <t>033/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+A necessidade de Contratação de empresa especializ...</t>
+  </si>
+  <si>
+    <t>STARTGOV SOLUCOES EM TECNOLOGIA LTDA
+37.933.858/0001-19</t>
+  </si>
+  <si>
+    <t>25/04/2025
+45.000,00</t>
+  </si>
+  <si>
+    <t>25/04/2025 a 25/04/2026</t>
+  </si>
+  <si>
+    <t>030/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>NP TECNOLOGIA E GESTAO DE DADOS LTDA
+07.797.967/0001-95</t>
+  </si>
+  <si>
+    <t>16/04/2025
+12.300,00</t>
+  </si>
+  <si>
+    <t>16/04/2025 a 16/04/2026</t>
+  </si>
+  <si>
+    <t>116/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+O presente edital tem por objeto o credenciamento...</t>
+  </si>
+  <si>
+    <t>PRESTSERVE COMERCIO E SERVICOS LTDA,
+05.503.539/0001-87</t>
+  </si>
+  <si>
+    <t>22/09/2025
+88.195,00</t>
+  </si>
+  <si>
+    <t>22/09/2025 a 22/09/2026</t>
+  </si>
+  <si>
+    <t>107/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada para a realiz...</t>
+  </si>
+  <si>
+    <t>TERRA ANALISES PARA AGROPECUARIA LTDA.
+00.512.042/0001-01</t>
+  </si>
+  <si>
+    <t>26/08/2025
+10.400,00</t>
+  </si>
+  <si>
+    <t>26/08/2025 a 26/08/2026</t>
+  </si>
+  <si>
+    <t>068/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de preço para eventual Contratação de emp...</t>
+  </si>
+  <si>
+    <t>ONCABO LTDA
+83.324.095/0001-26</t>
+  </si>
+  <si>
+    <t>01/07/2025
+62.400,00</t>
+  </si>
+  <si>
+    <t>01/07/2025 a 01/07/2026</t>
+  </si>
+  <si>
+    <t>069/2025</t>
+  </si>
+  <si>
+    <t>04/07/2025
+118.560,00</t>
+  </si>
+  <si>
+    <t>04/07/2025 a 04/07/2026</t>
+  </si>
+  <si>
+    <t>070/2025</t>
+  </si>
+  <si>
+    <t>071/2025</t>
+  </si>
+  <si>
+    <t>04/07/2025
+12.480,00</t>
+  </si>
+  <si>
+    <t>058/2025</t>
+  </si>
+  <si>
+    <t>AVANTE EMPREENDIMENTOS E SERVICOS LTDA
+11.667.828/0001-14</t>
+  </si>
+  <si>
+    <t>16/06/2025
+3.117.009,60</t>
+  </si>
+  <si>
+    <t>16/06/2025 a 16/06/2026</t>
+  </si>
+  <si>
+    <t>146/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>D.S SOLUCOES INTEGRADAS LTDA,
+31.711.389/0001-07</t>
+  </si>
+  <si>
+    <t>16/12/2025
+27.000,00</t>
+  </si>
+  <si>
+    <t>16/12/2025 a 16/06/2026</t>
   </si>
   <si>
     <t>143/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 aquisição de materiais e estruturas decorativas na...</t>
   </si>
   <si>
     <t>L M ILUMINACOES LTDA
 56.914.513/0001-62</t>
   </si>
   <si>
     <t>12/12/2025
 60.300,00</t>
   </si>
   <si>
     <t>12/12/2025 a 12/06/2026</t>
   </si>
   <si>
     <t>144/2025</t>
   </si>
   <si>
     <t>12/12/2025
 39.806,80</t>
   </si>
   <si>
+    <t>139/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de Preço para eventual e futura contrataç...</t>
+  </si>
+  <si>
+    <t>INJEPLASTIC COMERCIAL LTDA
+20.616.435/0001-72</t>
+  </si>
+  <si>
+    <t>05/12/2025
+1.012.250,00</t>
+  </si>
+  <si>
+    <t>05/12/2025 a 05/12/2026</t>
+  </si>
+  <si>
+    <t>140/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025
+569.115,00</t>
+  </si>
+  <si>
     <t>131/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>I DA S SOUSA
 41.754.312/0001-78</t>
   </si>
   <si>
     <t>23/10/2025
 25.000,00</t>
   </si>
   <si>
     <t>23/10/2025 a 23/04/2026</t>
   </si>
   <si>
     <t>141/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa para Manutenção e Recuperaç...</t>
   </si>
   <si>
     <t>JR CONSTRUTORA E SER VICOS LTDA.
 29.403.541/0001-42</t>
   </si>
   <si>
     <t>10/12/2025
 2.503.836,58</t>
   </si>
   <si>
     <t>10/12/2025 a 10/12/2026</t>
   </si>
   <si>
+    <t>147/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de preço para eventual Contratação de pes...</t>
+  </si>
+  <si>
+    <t>PRS AGENCIAMENTOS LTDA.
+51.044.562/0001-78</t>
+  </si>
+  <si>
+    <t>18/12/2025
+53.340,00</t>
+  </si>
+  <si>
+    <t>18/12/2025 a 18/12/2026</t>
+  </si>
+  <si>
     <t>121/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa para fornecimento de brinqu...</t>
   </si>
   <si>
     <t>R. DA S. ARAGAO SUPERMERCADO LTDA
 35.521.299/0001-04</t>
   </si>
   <si>
     <t>09/10/2025
 58.899,50</t>
   </si>
   <si>
     <t>09/10/2025 a 09/02/2026</t>
   </si>
   <si>
+    <t>122/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa para locação de 01 (uma) va...</t>
+  </si>
+  <si>
+    <t>JR CONSTRUTORA E SERVICOS LTDA
+29.403.541/0001-42</t>
+  </si>
+  <si>
+    <t>09/10/2025
+60.000,00</t>
+  </si>
+  <si>
+    <t>09/10/2025 a 09/03/2026</t>
+  </si>
+  <si>
     <t>115/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>ENERGO EMPREENDIMENTOS E CONTROLE AMBIENTAL LTDA
 11.416.408/0001-65</t>
   </si>
   <si>
     <t>10/09/2025
 59.851,54</t>
   </si>
   <si>
     <t>10/09/2025 a 10/01/2026</t>
   </si>
   <si>
+    <t>114/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de preço para eventual Contratação de Emp...</t>
+  </si>
+  <si>
+    <t>L. NUNES SOLUÇÕES EM TECNOLOGIA LTDA.
+19.513.095/0001-75</t>
+  </si>
+  <si>
+    <t>05/09/2025
+1.200.529,07</t>
+  </si>
+  <si>
+    <t>05/09/2025 a 05/09/2026</t>
+  </si>
+  <si>
+    <t>111/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de Preços para futura e eventual aquisiçã...</t>
+  </si>
+  <si>
+    <t>IMPERGAS COMERCIO DE GASES E IMPORTACAO LTDA
+10.869.706/0001-48</t>
+  </si>
+  <si>
+    <t>02/09/2025
+645.050,00</t>
+  </si>
+  <si>
+    <t>02/09/2025 a 02/09/2026</t>
+  </si>
+  <si>
     <t>138/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Registro de Preço para eventual e futura aquisição...</t>
   </si>
   <si>
     <t>LAGO COMERCIO E SERVICOS LTDA
 23.429.390/0001-15</t>
   </si>
   <si>
     <t>01/12/2025
 30.722,82</t>
   </si>
   <si>
     <t>01/12/2025 a 01/12/2026</t>
   </si>
   <si>
+    <t>130/2025</t>
+  </si>
+  <si>
+    <t>17/10/2025
+865.288,79</t>
+  </si>
+  <si>
+    <t>17/10/2025 a 17/10/2026</t>
+  </si>
+  <si>
     <t>113/2025</t>
-  </si>
-[...2 lines deleted...]
-Registro de Preço para eventual e futura contrataç...</t>
   </si>
   <si>
     <t>LAGO COMERCIO E SERVICOS LTDA.
 23.429.390/0001-15</t>
   </si>
   <si>
     <t>03/09/2025
 585.822,10</t>
   </si>
   <si>
     <t>03/09/2025 a 03/09/2026</t>
   </si>
   <si>
     <t>095/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa especializada para o fornec...</t>
   </si>
   <si>
     <t>ELIASAFE SCHWEIG SCHWERTNER PROMOCAO DE VENDAS
 37.293.707/0001-43</t>
   </si>
   <si>
     <t>30/07/2025
@@ -215,151 +768,169 @@
     <t>ASSOCIACAO DOS PEQUENOS PRODUTORES RURAIS DA COMUNIDADE ABRAAO DO MUNICIPIO DE CIDELANDIA MA
 04.328.203/0001-62</t>
   </si>
   <si>
     <t>19/09/2025
 549.948,16</t>
   </si>
   <si>
     <t>19/09/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>120/2025</t>
   </si>
   <si>
     <t>JOSE ANTONIO LISBOA JUNIOR
 671.971.913-00</t>
   </si>
   <si>
     <t>19/09/2025
 39.875,70</t>
   </si>
   <si>
     <t>103/2025</t>
   </si>
   <si>
-    <t>CHEFE DE GABINETE
-[...2 lines deleted...]
-  <si>
     <t>MILAZZO COMERCIO E DISTRIBUIDORA LTDA.
 28.863.972/0001-29</t>
   </si>
   <si>
     <t>12/08/2025
 966.486,37</t>
   </si>
   <si>
     <t>12/08/2025 a 12/08/2026</t>
   </si>
   <si>
     <t>145/2025</t>
   </si>
   <si>
     <t>16/12/2025
 966.486,37</t>
   </si>
   <si>
     <t>16/12/2025 a 16/12/2026</t>
   </si>
   <si>
     <t>104/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Registro de preço para eventual e futura prestação...</t>
   </si>
   <si>
     <t>D L ALENCAR FUNERARIA
 37.868.099/0001-58</t>
   </si>
   <si>
     <t>14/08/2025
 79.561,32</t>
   </si>
   <si>
     <t>14/08/2025 a 14/08/2026</t>
   </si>
   <si>
+    <t>109/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa especializada para fornecim...</t>
+  </si>
+  <si>
+    <t>IR DE SOUZA COMERCIO LTDA
+50.872.681/0001-56</t>
+  </si>
+  <si>
+    <t>02/09/2025
+375.843,80</t>
+  </si>
+  <si>
+    <t>110/2025</t>
+  </si>
+  <si>
+    <t>RV DISTRIBUIDORA DE MEDICAMENTOS E PRODUTOS LTDA
+40.269.624/0001-23</t>
+  </si>
+  <si>
+    <t>02/09/2025
+73.046,86</t>
+  </si>
+  <si>
     <t>087/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 aquisição de material de construção, elétrico e hi...</t>
   </si>
   <si>
     <t>MEGA MATERIAIS DE CONSTRUCAO LTDA
 50.816.520/0001-45</t>
   </si>
   <si>
     <t>11/07/2025
 958.250,73</t>
   </si>
   <si>
     <t>11/07/2025 a 11/07/2026</t>
   </si>
   <si>
     <t>065/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa para o fornecimento de boti...</t>
   </si>
   <si>
-    <t>CRISLANE DOS SANTOS VIANA.
+    <t>CRISLANE DOS SANTOS VIANA
 50.631.397/0002-79</t>
   </si>
   <si>
     <t>25/06/2025
 60.010,00</t>
   </si>
   <si>
     <t>25/06/2025 a 25/06/2026</t>
   </si>
   <si>
     <t>064/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa para o fornecimento de água...</t>
   </si>
   <si>
     <t>CRISLANE DOS SANTOS VIANA
 50.631.397/0001-98</t>
   </si>
   <si>
     <t>25/06/2025
 55.350,00</t>
   </si>
   <si>
     <t>063/2025</t>
   </si>
   <si>
-    <t>CHEFE DE GABINETE
-[...2 lines deleted...]
-  <si>
     <t>GIOVANA CARDOSO DA SILVA CAPUTO
 26.857.611/0001-44</t>
   </si>
   <si>
     <t>25/06/2025
 59.150,00</t>
   </si>
   <si>
     <t>059/2025</t>
   </si>
   <si>
     <t>CPX COMERCIO E SERVICOS LTDA
 31.116.420/0001-61</t>
   </si>
   <si>
     <t>30/06/2025
 48.080,40</t>
   </si>
   <si>
     <t>30/06/2025 a 30/12/2025</t>
   </si>
   <si>
     <t>060/2025</t>
   </si>
   <si>
@@ -391,117 +962,176 @@
     <t>081/2025</t>
   </si>
   <si>
     <t>10/07/2025
 290.375,00</t>
   </si>
   <si>
     <t>082/2025</t>
   </si>
   <si>
     <t>J W S QUEIROZ AUTO PECAS LTDA
 07.250.386/0001-39</t>
   </si>
   <si>
     <t>10/07/2025
 262.088,00</t>
   </si>
   <si>
     <t>083/2025</t>
   </si>
   <si>
     <t>10/07/2025
 85.140,00</t>
   </si>
   <si>
+    <t>085/2025</t>
+  </si>
+  <si>
+    <t>10/07/2025
+45.980,00</t>
+  </si>
+  <si>
+    <t>117/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025
+115.710,00</t>
+  </si>
+  <si>
+    <t>01/10/2025 a 01/10/2026</t>
+  </si>
+  <si>
+    <t>118/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025
+355.012,00</t>
+  </si>
+  <si>
     <t>084/2025</t>
   </si>
   <si>
     <t>10/07/2025
 144.124,00</t>
   </si>
   <si>
-    <t>085/2025</t>
-[...20 lines deleted...]
-355.012,00</t>
+    <t>101/2025</t>
+  </si>
+  <si>
+    <t>07/08/2025
+757.000,00</t>
+  </si>
+  <si>
+    <t>07/08/2025 a 07/08/2026</t>
+  </si>
+  <si>
+    <t>102/2025</t>
+  </si>
+  <si>
+    <t>07/08/2025
+295.060,00</t>
   </si>
   <si>
     <t>098/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Registro de Preço para eventual e futura prestação...</t>
   </si>
   <si>
     <t>F. SONORIZACAO LTDA
 30.837.784/0001-78</t>
   </si>
   <si>
     <t>01/08/2025
 655.494,32</t>
   </si>
   <si>
     <t>01/08/2025 a 01/08/2026</t>
   </si>
   <si>
+    <t>129/2025</t>
+  </si>
+  <si>
+    <t>14/10/2025
+457.809,00</t>
+  </si>
+  <si>
+    <t>14/10/2025 a 14/10/2026</t>
+  </si>
+  <si>
+    <t>066/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+credenciamento para contratação de Pessoa Jurídica...</t>
+  </si>
+  <si>
+    <t>CENTRO BRASILEIRO DE ANÁLISES CLINICA CEBRAC LTDA EPP
+17.663.605/0001-65</t>
+  </si>
+  <si>
+    <t>30/06/2025
+429.382,82</t>
+  </si>
+  <si>
+    <t>30/06/2025 a 30/06/2026</t>
+  </si>
+  <si>
     <t>057/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de assessoria e consultoria técnica es...</t>
   </si>
   <si>
     <t>KLEITON GONCALVES DE MIRANDA LTDA
 14.925.620/0001-46</t>
   </si>
   <si>
     <t>11/06/2025
 60.000,00</t>
   </si>
   <si>
     <t>11/06/2025 a 11/06/2026</t>
   </si>
   <si>
+    <t>056/2025</t>
+  </si>
+  <si>
+    <t>CARVALHO MODESTO LTDA
+39.993.778/0001-84</t>
+  </si>
+  <si>
+    <t>11/06/2025
+60.460,00</t>
+  </si>
+  <si>
+    <t>11/06/2025 a 31/12/2025</t>
+  </si>
+  <si>
     <t>075/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>07/07/2025
 424.639,90</t>
   </si>
   <si>
     <t>07/07/2025 a 07/07/2026</t>
   </si>
   <si>
     <t>076/2025</t>
   </si>
   <si>
     <t>07/07/2025
 143.168,00</t>
   </si>
   <si>
     <t>077/2025</t>
   </si>
   <si>
     <t>07/07/2025
@@ -546,72 +1176,64 @@
   <si>
     <t>17/07/2025
 592.408,58</t>
   </si>
   <si>
     <t>17/07/2025 a 17/07/2026</t>
   </si>
   <si>
     <t>089/2025</t>
   </si>
   <si>
     <t>17/07/2025
 740.510,73</t>
   </si>
   <si>
     <t>090/2025</t>
   </si>
   <si>
     <t>17/07/2025
 1.629.123,61</t>
   </si>
   <si>
     <t>049/2025</t>
   </si>
   <si>
-    <t>CHEFE DE GABINETE
-[...2 lines deleted...]
-  <si>
     <t>V DA S TAVARES FILMAGENS E EVENTOS LTDA,
 01.610.134/0001-97</t>
   </si>
   <si>
     <t>29/05/2025
 62.175,00</t>
   </si>
   <si>
     <t>29/05/2025 a 29/11/2025</t>
   </si>
   <si>
     <t>055/2025</t>
   </si>
   <si>
-    <t>CHEFE DE GABINETE
-[...2 lines deleted...]
-  <si>
     <t>SISTEMA DE LOCAÇÃO CONTABIL LTDA
 09.295.258/0001-37</t>
   </si>
   <si>
     <t>10/06/2025
 81.200,00</t>
   </si>
   <si>
     <t>10/06/2025 a 10/06/2026</t>
   </si>
   <si>
     <t>054/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Eventual Contratação de empresa para prestação de...</t>
   </si>
   <si>
     <t>D G M SERVICOS LTDA
 01.610.134/0001-97</t>
   </si>
   <si>
     <t>05/06/2025
 99.691,20</t>
   </si>
@@ -622,617 +1244,740 @@
     <t>086/2025</t>
   </si>
   <si>
     <t>10/07/2025
 498.456,00</t>
   </si>
   <si>
     <t>047/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa para o gerenciamento de res...</t>
   </si>
   <si>
     <t>R E R EMPREENDIMENTOS E SERVICOS LTDA.
 01.195.098/0001-42</t>
   </si>
   <si>
     <t>28/05/2025
 22.800,00</t>
   </si>
   <si>
     <t>28/05/2025 a 28/05/2026</t>
   </si>
   <si>
+    <t>096/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Registro de Preço para eventual contratação de pes...</t>
+  </si>
+  <si>
+    <t>W A S EMPREENDIMENTOS E SERVICOS LTDA.
+26.189.635/0001-72</t>
+  </si>
+  <si>
+    <t>30/06/2025
+3.396.147,12</t>
+  </si>
+  <si>
+    <t>043/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de pessoa jurídica para a prestação Se...</t>
+  </si>
+  <si>
+    <t>IMAC ASSESSORIA E CONSULTORIA LTDA
+47.434.989/0001-05</t>
+  </si>
+  <si>
+    <t>09/05/2025
+12.000,00</t>
+  </si>
+  <si>
+    <t>09/05/2025 a 09/05/2026</t>
+  </si>
+  <si>
     <t>026/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Contratação de empresa especializada para implanta...</t>
   </si>
   <si>
     <t>M. DA S. MESQUITA SERVICOS E TECNOLOGIA LTDA.
 16.799.630/0001-08</t>
   </si>
   <si>
     <t>31/03/2025
 40.500,00</t>
   </si>
   <si>
     <t>31/03/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>050/2025</t>
   </si>
   <si>
-    <t>CHEFE DE GABINETE
-[...2 lines deleted...]
-  <si>
     <t>D G M SERVICOS LTDA
 23.279.196/0001-09</t>
   </si>
   <si>
     <t>06/05/2025
 1.032.000,00</t>
   </si>
   <si>
     <t>06/05/2025 a 06/05/2026</t>
   </si>
   <si>
     <t>051/2025</t>
   </si>
   <si>
     <t>06/05/2025
 376.800,00</t>
   </si>
   <si>
     <t>052/2025</t>
   </si>
   <si>
     <t>06/05/2025
 394.800,00</t>
   </si>
   <si>
     <t>053/2025</t>
   </si>
   <si>
     <t>MED SERVICE LTDA
 26.667.763/0001-84</t>
   </si>
   <si>
     <t>05/06/2025
 1.480.750,00</t>
   </si>
   <si>
     <t>067/2025</t>
   </si>
   <si>
     <t>01/07/2025
 394.260,00</t>
   </si>
   <si>
-    <t>01/07/2025 a 01/07/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>079/2025</t>
   </si>
   <si>
     <t>08/07/2025
 208.800,00</t>
   </si>
   <si>
     <t>08/07/2025 a 08/07/2026</t>
   </si>
   <si>
     <t>008/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 prestação dos serviços de reforma e manutenção de...</t>
   </si>
   <si>
     <t>ANDERSON M CARNEIRO LTDA
 40.481.636/0001-17</t>
   </si>
   <si>
     <t>04/02/2025
 5.779.942,90</t>
   </si>
   <si>
     <t>04/02/2025 a 31/12/2025</t>
   </si>
   <si>
+    <t>005/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Prestação de serviços contínuos técnicos especiali...</t>
+  </si>
+  <si>
+    <t>M. C. ASSESSORIA E CONSULTORIA CONTÁBIL LTDA
+17.424.121/0001-63</t>
+  </si>
+  <si>
+    <t>22/01/2025
+264.000,00</t>
+  </si>
+  <si>
+    <t>22/01/2025 a 22/01/2026</t>
+  </si>
+  <si>
+    <t>148/2025</t>
+  </si>
+  <si>
+    <t>MORAIS SOLUCOES E EMPREENDIMENTOS LTDA
+37.962.759/0001-65</t>
+  </si>
+  <si>
+    <t>22/12/2025
+306.952,97</t>
+  </si>
+  <si>
+    <t>22/12/2025 a 22/12/2026</t>
+  </si>
+  <si>
+    <t>132/2025</t>
+  </si>
+  <si>
+    <t>ALMEIDA EMPREENDIMENTOS CONSTRUCOES E SERVICOS LTDA.
+41.974.501/0001-56</t>
+  </si>
+  <si>
+    <t>01/11/2025
+1.087.500,00</t>
+  </si>
+  <si>
+    <t>01/11/2025 a 01/05/2026</t>
+  </si>
+  <si>
+    <t>133/2025</t>
+  </si>
+  <si>
+    <t>I S LIMA CONSTRUCAO E LOCACAO LTDA
+20.226.913/0001-38</t>
+  </si>
+  <si>
+    <t>01/11/2025
+682.685,00</t>
+  </si>
+  <si>
+    <t>134/2025</t>
+  </si>
+  <si>
+    <t>T A MENDES SOUSA COMERCIO E SERVICOS LTDA.
+40.876.111/0001-80</t>
+  </si>
+  <si>
+    <t>01/11/2025
+658.500,00</t>
+  </si>
+  <si>
     <t>073/2025</t>
   </si>
   <si>
     <t>03/07/2025
 122.007,18</t>
   </si>
   <si>
     <t>03/07/2025 a 03/07/2026</t>
   </si>
   <si>
     <t>074/2025</t>
   </si>
   <si>
     <t>03/07/2025
 133.816,04</t>
   </si>
   <si>
     <t>137/2025</t>
   </si>
   <si>
     <t>21/11/2025
 204.600,20</t>
   </si>
   <si>
     <t>21/11/2025 a 21/11/2026</t>
   </si>
   <si>
     <t>072/2025</t>
   </si>
   <si>
     <t>CHEFE DE GABINETE
 Registro de Preço para eventual Contratação de emp...</t>
   </si>
   <si>
+    <t>POSTO DE COMBUSTIVEIS CIDELANDIA LTDA,
+06.931.646/0001-79</t>
+  </si>
+  <si>
+    <t>03/07/2025
+640.660,00</t>
+  </si>
+  <si>
+    <t>105/2025</t>
+  </si>
+  <si>
+    <t>21/08/2025
+289.400,00</t>
+  </si>
+  <si>
+    <t>21/08/2025 a 21/08/2026</t>
+  </si>
+  <si>
+    <t>126/2025</t>
+  </si>
+  <si>
+    <t>14/10/2025
+466.750,00</t>
+  </si>
+  <si>
+    <t>127/2025</t>
+  </si>
+  <si>
+    <t>14/10/2025
+105.600,00</t>
+  </si>
+  <si>
+    <t>128/2025</t>
+  </si>
+  <si>
+    <t>14/10/2025
+222.800,00</t>
+  </si>
+  <si>
+    <t>112/2025</t>
+  </si>
+  <si>
+    <t>CHEFE DE GABINETE
+Contratação de empresa para o fornecimento de alim...</t>
+  </si>
+  <si>
+    <t>R.M.S DISTRIBUIDORA LTDA
+52.676.825/0001-24</t>
+  </si>
+  <si>
+    <t>02/09/2025
+831.743,33</t>
+  </si>
+  <si>
+    <t>042/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL
+Registro de Preço para eventual e futura aquisição...</t>
+  </si>
+  <si>
+    <t>CC NASCIMENTO COMERCIO LTDA
+63.540.066/0001-94</t>
+  </si>
+  <si>
+    <t>05/05/2025
+55.362,56</t>
+  </si>
+  <si>
+    <t>05/05/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>039/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Contratação de empresa para o fornecimento de Mate...</t>
+  </si>
+  <si>
+    <t>30/04/2025
+59.584,10</t>
+  </si>
+  <si>
+    <t>30/04/2025 a 30/08/2025</t>
+  </si>
+  <si>
+    <t>038/2025</t>
+  </si>
+  <si>
+    <t>30/04/2025
+59.485,93</t>
+  </si>
+  <si>
+    <t>032/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Registro de Preço para eventual e futura aquisição...</t>
+  </si>
+  <si>
+    <t>R.M.S. DISTRIBUIDORA LTDA
+52.676.825/0001-24</t>
+  </si>
+  <si>
+    <t>25/04/2025
+15.092,28</t>
+  </si>
+  <si>
+    <t>25/04/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>004/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Prestação do Serviços contínuos técnicos especiali...</t>
+  </si>
+  <si>
+    <t>M.R.S. MENDES LTDA
+29.297.800/0001-06</t>
+  </si>
+  <si>
+    <t>22/01/2025
+96.000,00</t>
+  </si>
+  <si>
+    <t>003/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+O presente visa o(a) Contratação de empresa para o...</t>
+  </si>
+  <si>
+    <t>POSTO DE COMBUSTIVEIS CIDELANDIA LTDA
+06.931.646/0001-79</t>
+  </si>
+  <si>
+    <t>27/01/2025
+61.537,00</t>
+  </si>
+  <si>
+    <t>27/01/2025 a 27/05/2025</t>
+  </si>
+  <si>
+    <t>002/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa para o fornecimento de comb...</t>
+  </si>
+  <si>
+    <t>27/01/2025
+59.005,00</t>
+  </si>
+  <si>
+    <t>001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Contratação de empresa para o fornecimento de comb...</t>
+  </si>
+  <si>
+    <t>24/01/2025
+59.005,00</t>
+  </si>
+  <si>
+    <t>009/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+adesão à Ata de Registro de Preços mencionada, vis...</t>
+  </si>
+  <si>
+    <t>LAGO COMÉRCIO E SERVIÇOS LTDA
+23.429.390/0001-15</t>
+  </si>
+  <si>
+    <t>06/02/2025
+257.799,43</t>
+  </si>
+  <si>
+    <t>06/02/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>010/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Contratação de empresa para o fornecimento de mate...</t>
+  </si>
+  <si>
+    <t>R. Da S. ARAGAO SUPERMRCADO LTDA
+35.521.299/0001-04</t>
+  </si>
+  <si>
+    <t>12/02/2025
+57.118,96</t>
+  </si>
+  <si>
+    <t>12/02/2025 a 12/06/2025</t>
+  </si>
+  <si>
+    <t>037/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Registro de preço para eventual contratação de emp...</t>
+  </si>
+  <si>
+    <t>29/04/2025
+75.313,77</t>
+  </si>
+  <si>
+    <t>29/04/2025 a 29/04/2026</t>
+  </si>
+  <si>
+    <t>041/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Registro de Preço para eventual e futura aquisição...</t>
+  </si>
+  <si>
+    <t>05/05/2025
+304.750,88</t>
+  </si>
+  <si>
+    <t>040/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Registro de Preço para eventual e futura aquisição...</t>
+  </si>
+  <si>
+    <t>05/05/2025
+138.492,00</t>
+  </si>
+  <si>
+    <t>036/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL
+Registro de preço para eventual contratação de emp...</t>
+  </si>
+  <si>
+    <t>29/04/2025
+263.561,73</t>
+  </si>
+  <si>
+    <t>035/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Registro de preço para eventual contratação de emp...</t>
+  </si>
+  <si>
+    <t>29/04/2025
+113.007,12</t>
+  </si>
+  <si>
+    <t>034/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Registro de preço para eventual contratação de emp...</t>
+  </si>
+  <si>
+    <t>29/04/2025
+301.255,08</t>
+  </si>
+  <si>
+    <t>031/2025</t>
+  </si>
+  <si>
+    <t>25/04/2025
+193.854,56</t>
+  </si>
+  <si>
+    <t>029/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Contratação de empresa especializada para aquisiçã...</t>
+  </si>
+  <si>
+    <t>CATTO EMPREENDIMENTO LTDA
+43.242.835/0001-60</t>
+  </si>
+  <si>
+    <t>14/04/2025
+61.500,00</t>
+  </si>
+  <si>
+    <t>14/04/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>028/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL
+Contratação de empresa para o fornecimento de peix...</t>
+  </si>
+  <si>
+    <t>08/04/2025
+62.000,00</t>
+  </si>
+  <si>
+    <t>08/04/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>027/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Contratação de empresa especializada em desenvolvi...</t>
+  </si>
+  <si>
+    <t>M. da S. MESQUITA SERVIÇOS E TECNOLOGIA LTDA
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>31/03/2025
+58.500,00</t>
+  </si>
+  <si>
+    <t>025/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Contratação de pessoa jurídica para prestação de s...</t>
+  </si>
+  <si>
+    <t>PRS AGENCIAMENTOS LTDA
+51.044.562/0001-78</t>
+  </si>
+  <si>
+    <t>31/03/2025
+27.000,00</t>
+  </si>
+  <si>
+    <t>013/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+aquisição de medicamentos, materiais e insumos hos...</t>
+  </si>
+  <si>
+    <t>MILAZZO COMERCIO E DISTRIBUIDORA LTDA
+28.863.972/0001-29</t>
+  </si>
+  <si>
+    <t>06/03/2025
+203.310,25</t>
+  </si>
+  <si>
+    <t>06/03/2025 a 06/03/2026</t>
+  </si>
+  <si>
+    <t>011/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+Contratação de empresa para o fornecimento de gêne...</t>
+  </si>
+  <si>
+    <t>R. Da S. ARAGAO SUPERMERCADO LTDA
+35.521.299/0001-04</t>
+  </si>
+  <si>
+    <t>12/02/2025
+48.887,80</t>
+  </si>
+  <si>
+    <t>006/2025</t>
+  </si>
+  <si>
+    <t>04/02/2025
+286.192,35</t>
+  </si>
+  <si>
+    <t>012/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
+contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>V. H. da S.Costa Alves
+35.677.150/0001-19</t>
+  </si>
+  <si>
+    <t>26/02/2025
+392.238,50</t>
+  </si>
+  <si>
+    <t>26/02/2025 a 26/02/2026</t>
+  </si>
+  <si>
+    <t>021/2025</t>
+  </si>
+  <si>
+    <t>25/03/2025
+202.388,00</t>
+  </si>
+  <si>
+    <t>25/03/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>022/2025</t>
+  </si>
+  <si>
+    <t>25/03/2025
+163.939,94</t>
+  </si>
+  <si>
+    <t>018/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Registro de Preço para eventual Contratação de emp...</t>
+  </si>
+  <si>
     <t>POSTO DE COMBUSTIVEIS CIDELANDIA LTDA
 06.931.646/0001-7</t>
   </si>
   <si>
-    <t>03/07/2025
-[...387 lines deleted...]
-  <si>
     <t>17/03/2025
 478.308,00</t>
   </si>
   <si>
     <t>17/03/202 a 31/12/2025</t>
   </si>
   <si>
     <t>017/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Registro de Preço para eventual Contratação de emp...</t>
   </si>
   <si>
     <t>17/03/2025
 484.236,00</t>
   </si>
   <si>
     <t>016/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS
 Registro de Preço para eventual Contratação de emp...</t>
   </si>
   <si>
     <t>17/03/2025
 292.920,00</t>
   </si>
   <si>
     <t>17/03/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>020/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa para o fornecimento de alim...</t>
-  </si>
-[...2 lines deleted...]
-52.676.825/0001-24</t>
   </si>
   <si>
     <t>21/03/2025
 831.743,33</t>
   </si>
   <si>
     <t>21/03/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>001/2023/</t>
   </si>
   <si>
     <t>PREFEITURA; SEC MUN DE INFRAESTRUTURA E URBANISMO; CONSTRUÇÃO DE CALÇAMENTO E PAVIMENTAÇÃO DE VIAS URBANAS E RURAIS; OBRAS E INSTALÇAÕES.
 CONTRATO QUE ENTRE SI CELEBRAM PREFEITURA MUNICIP...</t>
   </si>
   <si>
     <t>PAVICOL SERVICE EIRELI
 16.724.567/0001-40</t>
   </si>
   <si>
     <t>10/01/2023
 963.990,24</t>
   </si>
   <si>
     <t>10/01/2023 a 0</t>
@@ -2288,2933 +3033,4053 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F144"/>
+  <dimension ref="A1:F200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E144" sqref="E144"/>
+      <selection activeCell="E200" sqref="E200"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>408</v>
+        <v>463</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>408</v>
+        <v>462</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>401</v>
+        <v>461</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>399</v>
+        <v>460</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>397</v>
+        <v>458</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>395</v>
+        <v>457</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>392</v>
+        <v>453</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>391</v>
+        <v>452</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>390</v>
+        <v>451</v>
       </c>
       <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>389</v>
+        <v>450</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>389</v>
+        <v>449</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>387</v>
+        <v>448</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F13" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>387</v>
+        <v>447</v>
       </c>
       <c r="B14" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="F14" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>386</v>
+        <v>446</v>
       </c>
       <c r="B15" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="F15" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>384</v>
+        <v>445</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="F16" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>383</v>
+        <v>444</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="F17" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>382</v>
+        <v>443</v>
       </c>
       <c r="B18" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="F18" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>381</v>
+        <v>442</v>
       </c>
       <c r="B19" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="F19" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>380</v>
+        <v>441</v>
       </c>
       <c r="B20" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="F20" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>380</v>
+        <v>440</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="D21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="F21" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>379</v>
+        <v>439</v>
       </c>
       <c r="B22" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="F22" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>379</v>
+        <v>438</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="E23" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="F23" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>379</v>
+        <v>437</v>
       </c>
       <c r="B24" t="s">
+        <v>97</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>379</v>
+        <v>436</v>
       </c>
       <c r="B25" t="s">
+        <v>102</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>105</v>
       </c>
       <c r="F25" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>379</v>
+        <v>435</v>
       </c>
       <c r="B26" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F26" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>379</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F27" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>379</v>
+        <v>434</v>
       </c>
       <c r="B28" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F28" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>379</v>
+        <v>434</v>
       </c>
       <c r="B29" t="s">
+        <v>120</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="1" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F29" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>378</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F30" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>376</v>
+        <v>433</v>
       </c>
       <c r="B31" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F31" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>374</v>
+        <v>410</v>
       </c>
       <c r="B32" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>40</v>
+        <v>129</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F32" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>374</v>
+        <v>408</v>
       </c>
       <c r="B33" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>40</v>
+        <v>134</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F33" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>374</v>
+        <v>408</v>
       </c>
       <c r="B34" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>40</v>
+        <v>134</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="F34" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>374</v>
+        <v>406</v>
       </c>
       <c r="B35" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>40</v>
+        <v>141</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="F35" t="s">
-        <v>128</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>373</v>
+        <v>406</v>
       </c>
       <c r="B36" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="F36" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>372</v>
+        <v>401</v>
       </c>
       <c r="B37" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="F37" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>372</v>
+        <v>399</v>
       </c>
       <c r="B38" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="F38" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>372</v>
+        <v>398</v>
       </c>
       <c r="B39" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="F39" t="s">
-        <v>144</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>371</v>
+        <v>397</v>
       </c>
       <c r="B40" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="F40" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>370</v>
+        <v>396</v>
       </c>
       <c r="B41" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="F41" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="B42" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="F42" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>369</v>
+        <v>394</v>
       </c>
       <c r="B43" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>160</v>
+        <v>177</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>161</v>
+        <v>178</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="F43" t="s">
-        <v>98</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>368</v>
+        <v>393</v>
       </c>
       <c r="B44" t="s">
-        <v>166</v>
+        <v>181</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>168</v>
+        <v>183</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="F44" t="s">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>358</v>
+        <v>392</v>
       </c>
       <c r="B45" t="s">
-        <v>171</v>
+        <v>186</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
       <c r="F45" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>356</v>
+        <v>392</v>
       </c>
       <c r="B46" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="F46" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>356</v>
+        <v>391</v>
       </c>
       <c r="B47" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>177</v>
+        <v>140</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>178</v>
+        <v>195</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="F47" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>356</v>
+        <v>390</v>
       </c>
       <c r="B48" t="s">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>177</v>
+        <v>199</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>184</v>
+        <v>201</v>
       </c>
       <c r="F48" t="s">
-        <v>180</v>
+        <v>202</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>355</v>
+        <v>389</v>
       </c>
       <c r="B49" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>39</v>
+        <v>204</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>186</v>
+        <v>205</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>187</v>
+        <v>206</v>
       </c>
       <c r="F49" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>355</v>
+        <v>389</v>
       </c>
       <c r="B50" t="s">
-        <v>188</v>
+        <v>208</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>39</v>
+        <v>204</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="F50" t="s">
-        <v>190</v>
+        <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>355</v>
+        <v>387</v>
       </c>
       <c r="B51" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>39</v>
+        <v>182</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>186</v>
+        <v>212</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>192</v>
+        <v>213</v>
       </c>
       <c r="F51" t="s">
-        <v>193</v>
+        <v>214</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>350</v>
+        <v>387</v>
       </c>
       <c r="B52" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F52" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>336</v>
+        <v>386</v>
       </c>
       <c r="B53" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>34</v>
+        <v>219</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>35</v>
+        <v>220</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>200</v>
+        <v>221</v>
       </c>
       <c r="F53" t="s">
-        <v>201</v>
+        <v>222</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>336</v>
+        <v>385</v>
       </c>
       <c r="B54" t="s">
-        <v>202</v>
+        <v>223</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>34</v>
+        <v>224</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>35</v>
+        <v>225</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>203</v>
+        <v>226</v>
       </c>
       <c r="F54" t="s">
-        <v>201</v>
+        <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>336</v>
+        <v>385</v>
       </c>
       <c r="B55" t="s">
-        <v>204</v>
+        <v>227</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>34</v>
+        <v>224</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>35</v>
+        <v>228</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>205</v>
+        <v>229</v>
       </c>
       <c r="F55" t="s">
-        <v>206</v>
+        <v>185</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>335</v>
+        <v>384</v>
       </c>
       <c r="B56" t="s">
-        <v>207</v>
+        <v>230</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>209</v>
+        <v>232</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>210</v>
+        <v>233</v>
       </c>
       <c r="F56" t="s">
-        <v>201</v>
+        <v>234</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>335</v>
+        <v>383</v>
       </c>
       <c r="B57" t="s">
-        <v>211</v>
+        <v>235</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>208</v>
+        <v>236</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>212</v>
+        <v>238</v>
       </c>
       <c r="F57" t="s">
-        <v>213</v>
+        <v>239</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>89</v>
+        <v>382</v>
       </c>
       <c r="B58" t="s">
-        <v>214</v>
+        <v>240</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>215</v>
+        <v>241</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>216</v>
+        <v>242</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>217</v>
+        <v>243</v>
       </c>
       <c r="F58" t="s">
-        <v>218</v>
+        <v>239</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>88</v>
+        <v>381</v>
       </c>
       <c r="B59" t="s">
-        <v>219</v>
+        <v>244</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>220</v>
+        <v>19</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>221</v>
+        <v>245</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>222</v>
+        <v>246</v>
       </c>
       <c r="F59" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>87</v>
+        <v>380</v>
       </c>
       <c r="B60" t="s">
-        <v>224</v>
+        <v>247</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>220</v>
+        <v>19</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>221</v>
+        <v>248</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>225</v>
+        <v>249</v>
       </c>
       <c r="F60" t="s">
-        <v>223</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>86</v>
+        <v>380</v>
       </c>
       <c r="B61" t="s">
-        <v>226</v>
+        <v>251</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>227</v>
+        <v>19</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>228</v>
+        <v>248</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="F61" t="s">
-        <v>230</v>
+        <v>253</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>85</v>
+        <v>379</v>
       </c>
       <c r="B62" t="s">
-        <v>231</v>
+        <v>254</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>234</v>
+        <v>257</v>
       </c>
       <c r="F62" t="s">
-        <v>235</v>
+        <v>258</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>84</v>
+        <v>379</v>
       </c>
       <c r="B63" t="s">
-        <v>236</v>
+        <v>259</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>238</v>
+        <v>256</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>239</v>
+        <v>260</v>
       </c>
       <c r="F63" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>83</v>
+        <v>379</v>
       </c>
       <c r="B64" t="s">
-        <v>241</v>
+        <v>261</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>238</v>
+        <v>262</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>243</v>
+        <v>263</v>
       </c>
       <c r="F64" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>82</v>
+        <v>379</v>
       </c>
       <c r="B65" t="s">
-        <v>244</v>
+        <v>264</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>238</v>
+        <v>262</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>246</v>
+        <v>265</v>
       </c>
       <c r="F65" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>81</v>
+        <v>379</v>
       </c>
       <c r="B66" t="s">
-        <v>247</v>
+        <v>266</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>249</v>
+        <v>262</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>250</v>
+        <v>267</v>
       </c>
       <c r="F66" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>80</v>
+        <v>379</v>
       </c>
       <c r="B67" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="F67" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>79</v>
+        <v>379</v>
       </c>
       <c r="B68" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="F68" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>78</v>
+        <v>379</v>
       </c>
       <c r="B69" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="F69" t="s">
-        <v>218</v>
+        <v>258</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>77</v>
+        <v>379</v>
       </c>
       <c r="B70" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>216</v>
+        <v>256</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="F70" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>76</v>
+        <v>379</v>
       </c>
       <c r="B71" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="F71" t="s">
-        <v>260</v>
+        <v>277</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>75</v>
+        <v>378</v>
       </c>
       <c r="B72" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>254</v>
+        <v>282</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="F72" t="s">
-        <v>260</v>
+        <v>284</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>74</v>
+        <v>378</v>
       </c>
       <c r="B73" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>254</v>
+        <v>282</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="F73" t="s">
-        <v>260</v>
+        <v>287</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>73</v>
+        <v>377</v>
       </c>
       <c r="B74" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>227</v>
+        <v>289</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>216</v>
+        <v>290</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="F74" t="s">
-        <v>230</v>
+        <v>292</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>72</v>
+        <v>376</v>
       </c>
       <c r="B75" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="F75" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>71</v>
+        <v>375</v>
       </c>
       <c r="B76" t="s">
-        <v>283</v>
+        <v>298</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>284</v>
+        <v>199</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>254</v>
+        <v>299</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
       <c r="F76" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>70</v>
+        <v>374</v>
       </c>
       <c r="B77" t="s">
-        <v>287</v>
+        <v>302</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>289</v>
+        <v>195</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
       <c r="F77" t="s">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>69</v>
+        <v>374</v>
       </c>
       <c r="B78" t="s">
-        <v>291</v>
+        <v>306</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>293</v>
+        <v>195</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="F78" t="s">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>68</v>
+        <v>374</v>
       </c>
       <c r="B79" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>297</v>
+        <v>195</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="F79" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>67</v>
+        <v>374</v>
       </c>
       <c r="B80" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>302</v>
+        <v>195</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="F80" t="s">
-        <v>256</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>66</v>
+        <v>373</v>
       </c>
       <c r="B81" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>248</v>
+        <v>313</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>249</v>
+        <v>314</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="F81" t="s">
-        <v>198</v>
+        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>65</v>
+        <v>372</v>
       </c>
       <c r="B82" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="F82" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>63</v>
+        <v>372</v>
       </c>
       <c r="B83" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>227</v>
+        <v>318</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>35</v>
+        <v>319</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="F83" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>62</v>
+        <v>372</v>
       </c>
       <c r="B84" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>262</v>
+        <v>318</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>35</v>
+        <v>319</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="F84" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>61</v>
+        <v>371</v>
       </c>
       <c r="B85" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>317</v>
+        <v>128</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>209</v>
+        <v>327</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="F85" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
+        <v>370</v>
+      </c>
+      <c r="B86" t="s">
+        <v>330</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D86" s="1" t="s">
-        <v>209</v>
+        <v>331</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="F86" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>59</v>
+        <v>369</v>
       </c>
       <c r="B87" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>209</v>
+        <v>336</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="F87" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>58</v>
+        <v>369</v>
       </c>
       <c r="B88" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="F88" t="s">
-        <v>331</v>
+        <v>258</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>57</v>
+        <v>368</v>
       </c>
       <c r="B89" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="F89" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>56</v>
+        <v>365</v>
       </c>
       <c r="B90" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="F90" t="s">
-        <v>341</v>
+        <v>292</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>55</v>
+        <v>361</v>
       </c>
       <c r="B91" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="F91" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>54</v>
+        <v>358</v>
       </c>
       <c r="B92" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="F92" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>53</v>
+        <v>356</v>
       </c>
       <c r="B93" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>352</v>
+        <v>113</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>339</v>
+        <v>361</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="F93" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>52</v>
+        <v>356</v>
       </c>
       <c r="B94" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>356</v>
+        <v>113</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="F94" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>51</v>
+        <v>356</v>
       </c>
       <c r="B95" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E95" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="F95" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>49</v>
+        <v>355</v>
       </c>
       <c r="B96" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>366</v>
+        <v>140</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F96" t="s">
-        <v>369</v>
+        <v>338</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>48</v>
+        <v>355</v>
       </c>
       <c r="B97" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>371</v>
+        <v>140</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F97" t="s">
-        <v>373</v>
+        <v>116</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>47</v>
+        <v>355</v>
       </c>
       <c r="B98" t="s">
+        <v>373</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="E98" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="F98" t="s">
         <v>375</v>
-      </c>
-[...7 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>46</v>
+        <v>350</v>
       </c>
       <c r="B99" t="s">
+        <v>376</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>379</v>
       </c>
       <c r="F99" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>45</v>
+        <v>347</v>
       </c>
       <c r="B100" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F100" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>44</v>
+        <v>339</v>
       </c>
       <c r="B101" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>384</v>
+        <v>187</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>367</v>
+        <v>387</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F101" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>43</v>
+        <v>337</v>
       </c>
       <c r="B102" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>387</v>
+        <v>113</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F102" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>42</v>
+        <v>337</v>
       </c>
       <c r="B103" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>392</v>
+        <v>113</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E103" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="F103" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>41</v>
+        <v>337</v>
       </c>
       <c r="B104" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>395</v>
+        <v>113</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="F104" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>40</v>
+        <v>336</v>
       </c>
       <c r="B105" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>398</v>
+        <v>187</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>388</v>
+        <v>188</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F105" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>39</v>
+        <v>336</v>
       </c>
       <c r="B106" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>401</v>
+        <v>187</v>
       </c>
       <c r="D106" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="F106" t="s">
         <v>402</v>
-      </c>
-[...4 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>38</v>
+        <v>336</v>
       </c>
       <c r="B107" t="s">
         <v>405</v>
       </c>
       <c r="C107" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E107" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="D107" s="1" t="s">
+      <c r="F107" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>37</v>
+        <v>335</v>
       </c>
       <c r="B108" t="s">
+        <v>408</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="E108" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F108" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>36</v>
+        <v>335</v>
       </c>
       <c r="B109" t="s">
+        <v>412</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E109" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="C109" s="1" t="s">
+      <c r="F109" t="s">
         <v>414</v>
-      </c>
-[...7 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>34</v>
+        <v>335</v>
       </c>
       <c r="B110" t="s">
+        <v>415</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E110" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F110" t="s">
-        <v>409</v>
+        <v>287</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>33</v>
+        <v>335</v>
       </c>
       <c r="B111" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>420</v>
+        <v>409</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>421</v>
+        <v>410</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="F111" t="s">
-        <v>423</v>
+        <v>287</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>32</v>
+        <v>335</v>
       </c>
       <c r="B112" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>425</v>
+        <v>409</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>426</v>
+        <v>410</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="F112" t="s">
-        <v>428</v>
+        <v>287</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>31</v>
+        <v>334</v>
       </c>
       <c r="B113" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="F113" t="s">
-        <v>428</v>
+        <v>185</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="B114" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="F114" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="B115" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>426</v>
+        <v>141</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="F115" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>28</v>
+        <v>87</v>
       </c>
       <c r="B116" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>426</v>
+        <v>141</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="F116" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>27</v>
+        <v>86</v>
       </c>
       <c r="B117" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="C117" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E117" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="1" t="s">
+      <c r="F117" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="B118" t="s">
+        <v>441</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="D118" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="D118" s="1" t="s">
+      <c r="E118" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="E118" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F118" t="s">
-        <v>446</v>
+        <v>385</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="B119" t="s">
+        <v>445</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D119" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="E119" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="1" t="s">
+      <c r="F119" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="B120" t="s">
+        <v>450</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E120" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="B121" t="s">
+        <v>453</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E121" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F121" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="B122" t="s">
+        <v>456</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>459</v>
       </c>
       <c r="F122" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="B123" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>402</v>
+        <v>463</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F123" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="B124" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F124" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="B125" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>402</v>
+        <v>427</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="F125" t="s">
-        <v>471</v>
+        <v>429</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="B126" t="s">
-        <v>442</v>
+        <v>473</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>402</v>
+        <v>427</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F126" t="s">
-        <v>471</v>
+        <v>429</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="B127" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>476</v>
+        <v>463</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F127" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="B128" t="s">
         <v>479</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>476</v>
+        <v>463</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>481</v>
       </c>
       <c r="F128" t="s">
-        <v>482</v>
+        <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="B129" t="s">
+        <v>482</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="E129" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F129" t="s">
-        <v>482</v>
+        <v>469</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="B130" t="s">
+        <v>485</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="E130" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F130" t="s">
-        <v>478</v>
+        <v>440</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="B131" t="s">
+        <v>487</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D131" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="E131" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="D131" s="1" t="s">
+      <c r="F131" t="s">
         <v>491</v>
-      </c>
-[...4 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="B132" t="s">
+        <v>492</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D132" s="1" t="s">
-        <v>476</v>
+        <v>463</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>494</v>
       </c>
       <c r="F132" t="s">
-        <v>478</v>
+        <v>495</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="B133" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>476</v>
+        <v>498</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="F133" t="s">
-        <v>478</v>
+        <v>359</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="B134" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F134" t="s">
-        <v>502</v>
+        <v>359</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>9</v>
+        <v>68</v>
       </c>
       <c r="B135" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="F135" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="B136" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="F136" t="s">
-        <v>506</v>
+        <v>465</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>7</v>
+        <v>66</v>
       </c>
       <c r="B137" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>499</v>
+        <v>457</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>504</v>
+        <v>458</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="F137" t="s">
-        <v>506</v>
+        <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B138" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>499</v>
+        <v>516</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="F138" t="s">
-        <v>506</v>
+        <v>519</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="B139" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>499</v>
+        <v>437</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>504</v>
+        <v>188</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="F139" t="s">
-        <v>506</v>
+        <v>522</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="B140" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>499</v>
+        <v>471</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>516</v>
+        <v>188</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="F140" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>3</v>
+        <v>61</v>
       </c>
       <c r="B141" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>499</v>
+        <v>526</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="F141" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="B142" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>499</v>
+        <v>531</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="F142" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
+        <v>59</v>
+      </c>
+      <c r="B143" t="s">
+        <v>533</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F143" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144">
+        <v>58</v>
+      </c>
+      <c r="B144" t="s">
+        <v>537</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="F144" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145">
+        <v>57</v>
+      </c>
+      <c r="B145" t="s">
+        <v>541</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="F145" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146">
+        <v>56</v>
+      </c>
+      <c r="B146" t="s">
+        <v>546</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="F146" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147">
+        <v>55</v>
+      </c>
+      <c r="B147" t="s">
+        <v>551</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="F147" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148">
+        <v>54</v>
+      </c>
+      <c r="B148" t="s">
+        <v>555</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="F148" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149">
+        <v>53</v>
+      </c>
+      <c r="B149" t="s">
+        <v>560</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="F149" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150">
+        <v>52</v>
+      </c>
+      <c r="B150" t="s">
+        <v>564</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="F150" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151">
+        <v>51</v>
+      </c>
+      <c r="B151" t="s">
+        <v>569</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="F151" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152">
+        <v>49</v>
+      </c>
+      <c r="B152" t="s">
+        <v>574</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="F152" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153">
+        <v>48</v>
+      </c>
+      <c r="B153" t="s">
+        <v>579</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="F153" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154">
+        <v>47</v>
+      </c>
+      <c r="B154" t="s">
+        <v>583</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="F154" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155">
+        <v>46</v>
+      </c>
+      <c r="B155" t="s">
+        <v>586</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="F155" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156">
+        <v>45</v>
+      </c>
+      <c r="B156" t="s">
+        <v>589</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="F156" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157">
+        <v>44</v>
+      </c>
+      <c r="B157" t="s">
+        <v>592</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="F157" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158">
+        <v>43</v>
+      </c>
+      <c r="B158" t="s">
+        <v>595</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="F158" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159">
+        <v>42</v>
+      </c>
+      <c r="B159" t="s">
+        <v>600</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F159" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160">
+        <v>41</v>
+      </c>
+      <c r="B160" t="s">
+        <v>603</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="F160" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161">
+        <v>40</v>
+      </c>
+      <c r="B161" t="s">
+        <v>606</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="F161" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162">
+        <v>39</v>
+      </c>
+      <c r="B162" t="s">
+        <v>609</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="F162" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163">
+        <v>38</v>
+      </c>
+      <c r="B163" t="s">
+        <v>614</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="F163" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164">
+        <v>37</v>
+      </c>
+      <c r="B164" t="s">
+        <v>619</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="F164" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165">
+        <v>36</v>
+      </c>
+      <c r="B165" t="s">
+        <v>622</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="F165" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166">
+        <v>34</v>
+      </c>
+      <c r="B166" t="s">
+        <v>625</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="F166" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167">
+        <v>33</v>
+      </c>
+      <c r="B167" t="s">
+        <v>628</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="F167" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168">
+        <v>32</v>
+      </c>
+      <c r="B168" t="s">
+        <v>633</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="F168" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169">
+        <v>31</v>
+      </c>
+      <c r="B169" t="s">
+        <v>638</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="F169" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170">
+        <v>30</v>
+      </c>
+      <c r="B170" t="s">
+        <v>641</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="F170" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171">
+        <v>29</v>
+      </c>
+      <c r="B171" t="s">
+        <v>644</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="F171" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172">
+        <v>28</v>
+      </c>
+      <c r="B172" t="s">
+        <v>647</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="F172" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173">
+        <v>27</v>
+      </c>
+      <c r="B173" t="s">
+        <v>650</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="F173" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174">
+        <v>26</v>
+      </c>
+      <c r="B174" t="s">
+        <v>651</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="F174" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175">
+        <v>25</v>
+      </c>
+      <c r="B175" t="s">
+        <v>656</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="F175" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176">
+        <v>24</v>
+      </c>
+      <c r="B176" t="s">
+        <v>660</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="F176" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177">
+        <v>23</v>
+      </c>
+      <c r="B177" t="s">
+        <v>663</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="F177" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178">
+        <v>22</v>
+      </c>
+      <c r="B178" t="s">
+        <v>666</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="F178" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179">
+        <v>21</v>
+      </c>
+      <c r="B179" t="s">
+        <v>669</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="F179" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180">
+        <v>20</v>
+      </c>
+      <c r="B180" t="s">
+        <v>673</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="F180" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181">
+        <v>19</v>
+      </c>
+      <c r="B181" t="s">
+        <v>677</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="F181" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182">
+        <v>18</v>
+      </c>
+      <c r="B182" t="s">
+        <v>651</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="F182" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183">
+        <v>17</v>
+      </c>
+      <c r="B183" t="s">
+        <v>683</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="F183" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184">
+        <v>16</v>
+      </c>
+      <c r="B184" t="s">
+        <v>688</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="F184" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185">
+        <v>15</v>
+      </c>
+      <c r="B185" t="s">
+        <v>692</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="F185" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186">
+        <v>14</v>
+      </c>
+      <c r="B186" t="s">
+        <v>695</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="F186" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187">
+        <v>13</v>
+      </c>
+      <c r="B187" t="s">
+        <v>698</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="F187" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188">
+        <v>12</v>
+      </c>
+      <c r="B188" t="s">
+        <v>702</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="F188" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189">
+        <v>11</v>
+      </c>
+      <c r="B189" t="s">
+        <v>704</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="F189" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190">
+        <v>10</v>
+      </c>
+      <c r="B190" t="s">
+        <v>707</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="F190" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191">
+        <v>9</v>
+      </c>
+      <c r="B191" t="s">
+        <v>712</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="F191" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192">
+        <v>8</v>
+      </c>
+      <c r="B192" t="s">
+        <v>716</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="F192" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193">
+        <v>7</v>
+      </c>
+      <c r="B193" t="s">
+        <v>718</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="F193" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194">
+        <v>6</v>
+      </c>
+      <c r="B194" t="s">
+        <v>720</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="F194" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195">
+        <v>5</v>
+      </c>
+      <c r="B195" t="s">
+        <v>722</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="F195" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196">
+        <v>4</v>
+      </c>
+      <c r="B196" t="s">
+        <v>724</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="F196" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197">
+        <v>3</v>
+      </c>
+      <c r="B197" t="s">
+        <v>728</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="F197" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198">
+        <v>2</v>
+      </c>
+      <c r="B198" t="s">
+        <v>732</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="F198" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199">
         <v>1</v>
       </c>
-      <c r="B143" t="s">
-[...29 lines deleted...]
-        <v>535</v>
+      <c r="B199" t="s">
+        <v>736</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="F199" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="B200" t="s">
+        <v>740</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="F200" t="s">
+        <v>744</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">